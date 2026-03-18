--- v0 (2025-11-13)
+++ v1 (2026-03-18)
@@ -261,278 +261,281 @@
           </w:p>
           <w:p w:rsidR="00152062" w:rsidRDefault="00152062" w:rsidP="00152062">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>__________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00152062" w:rsidRDefault="00152062" w:rsidP="00152062">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="004F1DED">
-[...21 lines deleted...]
-          </w:p>
           <w:p w:rsidR="0033369A" w:rsidRDefault="0033369A" w:rsidP="004F1DED">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="00152062">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="004F1DED"/>
-[...7 lines deleted...]
-    </w:p>
     <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="004F1DED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>З А Я В Л Е Н И Е</w:t>
+        <w:t>З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А Я В Л Е Н И Е</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="004F1DED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="004F1DED">
-[...7 lines deleted...]
-    <w:p w:rsidR="00114A50" w:rsidRDefault="00152062" w:rsidP="00152062">
+    <w:p w:rsidR="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Прошу Вас ходатайствовать о предоставлении мне (и члену семьи, Ф.И.О. полностью) путевки на санаторно-курортное лечение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRPr="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:ind w:left="3540" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16E04">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(наименование санаторно-курортной организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>за счет средств федерального бюджета в рамках государственного задания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>____________ в _______________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRPr="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16E04">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(14, 18 или 21 день)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16E04">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (квартал, год)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Справка для получения путевки по форме 070-у прилагается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>E-mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Тел</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>об</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Адрес места </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>проживания:</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C16E04" w:rsidRDefault="00C16E04" w:rsidP="00C16E04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00114A50" w:rsidRDefault="00152062" w:rsidP="00C16E04">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Прошу предоставить мне</w:t>
       </w:r>
       <w:r w:rsidR="004F1DED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00114A50">
         <w:t>путевку для санаторно-курортного</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> лече</w:t>
       </w:r>
       <w:r w:rsidR="00114A50">
         <w:t xml:space="preserve">ния в санатории </w:t>
       </w:r>
       <w:r>
         <w:t>(пансионате)</w:t>
       </w:r>
       <w:r w:rsidRPr="00152062">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-    </w:p>
-[...119 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="004F1DED">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="004F1DED">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="004F1DED">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004F1DED" w:rsidRDefault="00114A50" w:rsidP="004F1DED">
@@ -618,198 +621,140 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00114A50" w:rsidRDefault="00114A50" w:rsidP="004F1DED">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00114A50" w:rsidRDefault="00114A50" w:rsidP="004F1DED">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004F1DED" w:rsidRDefault="004F1DED" w:rsidP="004F1DED"/>
     <w:p w:rsidR="00114A50" w:rsidRDefault="00114A50"/>
     <w:p w:rsidR="00114A50" w:rsidRDefault="00114A50"/>
-    <w:p w:rsidR="00C157F5" w:rsidRDefault="00114A50">
-[...60 lines deleted...]
-    <w:sectPr w:rsidR="00C157F5" w:rsidSect="004F1DED">
+    <w:sectPr w:rsidR="00114A50" w:rsidSect="004F1DED">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00063DEF"/>
     <w:rsid w:val="00063DEF"/>
     <w:rsid w:val="0010329D"/>
     <w:rsid w:val="00114A50"/>
     <w:rsid w:val="00152062"/>
     <w:rsid w:val="0033369A"/>
     <w:rsid w:val="00344379"/>
+    <w:rsid w:val="00412AF3"/>
     <w:rsid w:val="00432BE7"/>
     <w:rsid w:val="004F1DED"/>
     <w:rsid w:val="007E4C8B"/>
     <w:rsid w:val="009909AC"/>
     <w:rsid w:val="00A2434F"/>
     <w:rsid w:val="00A83F97"/>
     <w:rsid w:val="00AB68B9"/>
     <w:rsid w:val="00C157F5"/>
+    <w:rsid w:val="00C16E04"/>
     <w:rsid w:val="00D86CFF"/>
     <w:rsid w:val="00F44985"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1286,81 +1231,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>173</Words>
-  <Characters>990</Characters>
+  <Words>165</Words>
+  <Characters>942</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1161</CharactersWithSpaces>
+  <CharactersWithSpaces>1105</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Тараненко</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>